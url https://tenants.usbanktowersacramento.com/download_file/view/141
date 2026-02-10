--- v0 (2025-11-03)
+++ v1 (2026-02-10)
@@ -4,60 +4,60 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27830"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Private\jcreager\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://us-partner-integrations.egnyte.com/msoffice/wopi/files/e21ad8e0-a603-42d2-9473-1db57b260faf/WOPIServiceId_TP_EGNYTE_PLUS/WOPIUserId_-/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6AC49B71-5DA6-48B0-89A2-E36896E6214B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{6AC49B71-5DA6-48B0-89A2-E36896E6214B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FC54E9D7-7F10-41C2-80D9-B4A49CBBF051}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Contact Information" sheetId="2" r:id="rId1"/>
     <sheet name="Emergency Contact Information" sheetId="3" r:id="rId2"/>
     <sheet name="Building Access Cards" sheetId="4" r:id="rId3"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="33">
   <si>
     <t>☐</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
@@ -180,51 +180,51 @@
     <t>Request Reservations  (Loading Dock/Freight Elevator)</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>There should be 2-3 people max on this list</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>. Please complete all worksheets and submit the  form to: USBankTower@shorenstein.com</t>
+      <t>. Please complete all worksheets and submit the  form to: 621CapitolMall@shorenstein.com</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
@@ -733,805 +733,785 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:M8"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E22" sqref="E22"/>
+      <selection activeCell="J13" sqref="J13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="2" width="16.28515625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="9" max="9" width="15.7109375" customWidth="1"/>
+    <col min="1" max="2" width="16.26953125" customWidth="1"/>
+    <col min="3" max="3" width="11.26953125" customWidth="1"/>
+    <col min="5" max="5" width="16.26953125" customWidth="1"/>
+    <col min="6" max="6" width="13.26953125" customWidth="1"/>
+    <col min="7" max="7" width="17.26953125" customWidth="1"/>
+    <col min="8" max="8" width="14.81640625" customWidth="1"/>
+    <col min="9" max="9" width="15.7265625" customWidth="1"/>
     <col min="10" max="10" width="13" customWidth="1"/>
     <col min="11" max="11" width="12" customWidth="1"/>
-    <col min="12" max="12" width="12.140625" customWidth="1"/>
-    <col min="13" max="13" width="11.28515625" customWidth="1"/>
+    <col min="12" max="12" width="12.1796875" customWidth="1"/>
+    <col min="13" max="13" width="11.26953125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A2" s="11" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="3" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A3" s="18" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="4" spans="1:13" ht="9" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" ht="9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="11"/>
     </row>
-    <row r="5" spans="1:13" s="3" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" s="3" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="7" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="7" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>4</v>
       </c>
       <c r="E5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="8" t="s">
         <v>11</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>12</v>
       </c>
       <c r="I5" s="8" t="s">
         <v>7</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>8</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>10</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>31</v>
       </c>
       <c r="M5" s="8" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A6" s="9"/>
       <c r="B6" s="9"/>
       <c r="C6" s="9"/>
       <c r="D6" s="9"/>
       <c r="E6" s="9"/>
       <c r="F6" s="9"/>
       <c r="G6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="H6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="K6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="L6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="M6" s="10" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A7" s="9"/>
       <c r="B7" s="9"/>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="H7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="K7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="L7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="M7" s="10" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A8" s="9"/>
       <c r="B8" s="9"/>
       <c r="C8" s="9"/>
       <c r="D8" s="9"/>
       <c r="E8" s="9"/>
       <c r="F8" s="9"/>
       <c r="G8" s="10" t="s">
         <v>0</v>
       </c>
       <c r="H8" s="10" t="s">
         <v>0</v>
       </c>
       <c r="I8" s="10" t="s">
         <v>0</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>0</v>
       </c>
       <c r="K8" s="10" t="s">
         <v>0</v>
       </c>
       <c r="L8" s="10" t="s">
         <v>0</v>
       </c>
       <c r="M8" s="10" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="48" orientation="portrait" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="E26" sqref="E26"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="16.140625" customWidth="1"/>
-    <col min="2" max="2" width="11.7109375" customWidth="1"/>
+    <col min="1" max="1" width="16.1796875" customWidth="1"/>
+    <col min="2" max="2" width="11.7265625" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
-    <col min="9" max="9" width="14.7109375" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="37.7109375" customWidth="1"/>
+    <col min="9" max="9" width="14.7265625" customWidth="1"/>
+    <col min="10" max="10" width="14.26953125" customWidth="1"/>
+    <col min="11" max="11" width="12.26953125" customWidth="1"/>
+    <col min="12" max="12" width="13.26953125" customWidth="1"/>
+    <col min="13" max="13" width="37.7265625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A2" s="12" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="3" spans="1:13" ht="9.4" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="4" spans="1:13" s="14" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" ht="9.4" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="4" spans="1:13" s="14" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="13" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>3</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>4</v>
       </c>
       <c r="E4" s="8" t="s">
         <v>5</v>
       </c>
       <c r="F4" s="8" t="s">
         <v>6</v>
       </c>
       <c r="G4" s="8" t="s">
         <v>13</v>
       </c>
       <c r="H4" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I4" s="8" t="s">
         <v>15</v>
       </c>
       <c r="J4" s="8" t="s">
         <v>16</v>
       </c>
       <c r="K4" s="8" t="s">
         <v>17</v>
       </c>
       <c r="L4" s="8" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="13" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A5" s="9"/>
       <c r="B5" s="9"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="10" t="s">
         <v>0</v>
       </c>
       <c r="I5" s="10" t="s">
         <v>0</v>
       </c>
       <c r="J5" s="10" t="s">
         <v>0</v>
       </c>
       <c r="K5" s="10" t="s">
         <v>0</v>
       </c>
       <c r="L5" s="10" t="s">
         <v>0</v>
       </c>
       <c r="M5" s="9"/>
     </row>
-    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A6" s="9"/>
       <c r="B6" s="9"/>
       <c r="C6" s="9"/>
       <c r="D6" s="9"/>
       <c r="E6" s="9"/>
       <c r="F6" s="9"/>
       <c r="G6" s="9"/>
       <c r="H6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="I6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="J6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="K6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="L6" s="10" t="s">
         <v>0</v>
       </c>
       <c r="M6" s="9"/>
     </row>
-    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A7" s="9"/>
       <c r="B7" s="9"/>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
       <c r="E7" s="9"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9"/>
       <c r="H7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="I7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="J7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="K7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="L7" s="10" t="s">
         <v>0</v>
       </c>
       <c r="M7" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="46" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:F45"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="J13" sqref="J13"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="17.5703125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="16.42578125" customWidth="1"/>
+    <col min="1" max="1" width="17.54296875" customWidth="1"/>
+    <col min="2" max="2" width="14.1796875" customWidth="1"/>
+    <col min="3" max="3" width="10.7265625" customWidth="1"/>
+    <col min="5" max="5" width="14.7265625" customWidth="1"/>
+    <col min="6" max="6" width="16.453125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="2" spans="1:6" ht="10.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:6" ht="10.9" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A2" s="15"/>
     </row>
-    <row r="3" spans="1:6" ht="39" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:6" ht="26.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A3" s="16" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="17" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="17" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="17" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="17" t="s">
         <v>24</v>
       </c>
       <c r="F3" s="4" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="4" spans="1:6" s="21" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:6" s="21" customFormat="1" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A4" s="19" t="s">
         <v>27</v>
       </c>
       <c r="B4" s="20" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="20" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="20">
         <v>1402</v>
       </c>
       <c r="E4" s="20">
         <v>21254</v>
       </c>
       <c r="F4" s="20" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A5" s="5"/>
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
     </row>
-    <row r="6" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A6" s="5"/>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
     </row>
-    <row r="7" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A7" s="5"/>
       <c r="B7" s="6"/>
       <c r="C7" s="6"/>
       <c r="D7" s="6"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
     </row>
-    <row r="8" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A8" s="5"/>
       <c r="B8" s="6"/>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
     </row>
-    <row r="9" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A9" s="5"/>
       <c r="B9" s="6"/>
       <c r="C9" s="6"/>
       <c r="D9" s="6"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
     </row>
-    <row r="10" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="5"/>
       <c r="B10" s="6"/>
       <c r="C10" s="6"/>
       <c r="D10" s="6"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
     </row>
-    <row r="11" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="5"/>
       <c r="B11" s="6"/>
       <c r="C11" s="6"/>
       <c r="D11" s="6"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
     </row>
-    <row r="12" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="5"/>
       <c r="B12" s="6"/>
       <c r="C12" s="6"/>
       <c r="D12" s="6"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
     </row>
-    <row r="13" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="5"/>
       <c r="B13" s="6"/>
       <c r="C13" s="6"/>
       <c r="D13" s="6"/>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
     </row>
-    <row r="14" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A14" s="5"/>
       <c r="B14" s="6"/>
       <c r="C14" s="6"/>
       <c r="D14" s="6"/>
       <c r="E14" s="6"/>
       <c r="F14" s="6"/>
     </row>
-    <row r="15" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A15" s="5"/>
       <c r="B15" s="6"/>
       <c r="C15" s="6"/>
       <c r="D15" s="6"/>
       <c r="E15" s="6"/>
       <c r="F15" s="6"/>
     </row>
-    <row r="16" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A16" s="5"/>
       <c r="B16" s="6"/>
       <c r="C16" s="6"/>
       <c r="D16" s="6"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
     </row>
-    <row r="17" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A17" s="5"/>
       <c r="B17" s="6"/>
       <c r="C17" s="6"/>
       <c r="D17" s="6"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
     </row>
-    <row r="18" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A18" s="5"/>
       <c r="B18" s="6"/>
       <c r="C18" s="6"/>
       <c r="D18" s="6"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
     </row>
-    <row r="19" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A19" s="5"/>
       <c r="B19" s="6"/>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
     </row>
-    <row r="20" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A20" s="5"/>
       <c r="B20" s="6"/>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
     </row>
-    <row r="21" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A21" s="5"/>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
     </row>
-    <row r="22" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A22" s="5"/>
       <c r="B22" s="6"/>
       <c r="C22" s="6"/>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
       <c r="F22" s="6"/>
     </row>
-    <row r="23" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A23" s="5"/>
       <c r="B23" s="6"/>
       <c r="C23" s="6"/>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
     </row>
-    <row r="24" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A24" s="5"/>
       <c r="B24" s="6"/>
       <c r="C24" s="6"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
     </row>
-    <row r="25" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A25" s="5"/>
       <c r="B25" s="6"/>
       <c r="C25" s="6"/>
       <c r="D25" s="6"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
     </row>
-    <row r="26" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A26" s="5"/>
       <c r="B26" s="6"/>
       <c r="C26" s="6"/>
       <c r="D26" s="6"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
     </row>
-    <row r="27" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A27" s="5"/>
       <c r="B27" s="6"/>
       <c r="C27" s="6"/>
       <c r="D27" s="6"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
     </row>
-    <row r="28" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A28" s="5"/>
       <c r="B28" s="6"/>
       <c r="C28" s="6"/>
       <c r="D28" s="6"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
     </row>
-    <row r="29" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A29" s="5"/>
       <c r="B29" s="6"/>
       <c r="C29" s="6"/>
       <c r="D29" s="6"/>
       <c r="E29" s="6"/>
       <c r="F29" s="6"/>
     </row>
-    <row r="30" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A30" s="5"/>
       <c r="B30" s="6"/>
       <c r="C30" s="6"/>
       <c r="D30" s="6"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
     </row>
-    <row r="31" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A31" s="5"/>
       <c r="B31" s="6"/>
       <c r="C31" s="6"/>
       <c r="D31" s="6"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
     </row>
-    <row r="32" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A32" s="5"/>
       <c r="B32" s="6"/>
       <c r="C32" s="6"/>
       <c r="D32" s="6"/>
       <c r="E32" s="6"/>
       <c r="F32" s="6"/>
     </row>
-    <row r="33" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A33" s="5"/>
       <c r="B33" s="6"/>
       <c r="C33" s="6"/>
       <c r="D33" s="6"/>
       <c r="E33" s="6"/>
       <c r="F33" s="6"/>
     </row>
-    <row r="34" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A34" s="5"/>
       <c r="B34" s="6"/>
       <c r="C34" s="6"/>
       <c r="D34" s="6"/>
       <c r="E34" s="6"/>
       <c r="F34" s="6"/>
     </row>
-    <row r="35" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A35" s="5"/>
       <c r="B35" s="6"/>
       <c r="C35" s="6"/>
       <c r="D35" s="6"/>
       <c r="E35" s="6"/>
       <c r="F35" s="6"/>
     </row>
-    <row r="36" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A36" s="5"/>
       <c r="B36" s="6"/>
       <c r="C36" s="6"/>
       <c r="D36" s="6"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
     </row>
-    <row r="37" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A37" s="5"/>
       <c r="B37" s="6"/>
       <c r="C37" s="6"/>
       <c r="D37" s="6"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
     </row>
-    <row r="38" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A38" s="5"/>
       <c r="B38" s="6"/>
       <c r="C38" s="6"/>
       <c r="D38" s="6"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
     </row>
-    <row r="39" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A39" s="5"/>
       <c r="B39" s="6"/>
       <c r="C39" s="6"/>
       <c r="D39" s="6"/>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
     </row>
-    <row r="40" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A40" s="5"/>
       <c r="B40" s="6"/>
       <c r="C40" s="6"/>
       <c r="D40" s="6"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
     </row>
-    <row r="41" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A41" s="5"/>
       <c r="B41" s="6"/>
       <c r="C41" s="6"/>
       <c r="D41" s="6"/>
       <c r="E41" s="6"/>
       <c r="F41" s="6"/>
     </row>
-    <row r="42" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A42" s="5"/>
       <c r="B42" s="6"/>
       <c r="C42" s="6"/>
       <c r="D42" s="6"/>
       <c r="E42" s="6"/>
       <c r="F42" s="6"/>
     </row>
-    <row r="43" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A43" s="5"/>
       <c r="B43" s="6"/>
       <c r="C43" s="6"/>
       <c r="D43" s="6"/>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
     </row>
-    <row r="44" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A44" s="5"/>
       <c r="B44" s="6"/>
       <c r="C44" s="6"/>
       <c r="D44" s="6"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
     </row>
-    <row r="45" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A45" s="5"/>
       <c r="B45" s="6"/>
       <c r="C45" s="6"/>
       <c r="D45" s="6"/>
       <c r="E45" s="6"/>
       <c r="F45" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="96" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001664EA8CF802BA41BD9E1280E82F8619" ma:contentTypeVersion="43" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e94c66dbc3a1974fd5e88ad12fbaa317">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="c13abfe9-3625-4891-b4bb-2451a40d2adc" xmlns:ns3="317c34e5-a137-4477-a7de-64a851bd1df6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78dfaa425ef43a55bcb523f7ece09cc3" ns1:_="" ns3:_="">
     <xsd:import namespace="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
     <xsd:import namespace="317c34e5-a137-4477-a7de-64a851bd1df6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:Chapter"/>
                 <xsd:element ref="ns1:Sction"/>
                 <xsd:element ref="ns1:Topic" minOccurs="0"/>
                 <xsd:element ref="ns1:Archived" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -1764,90 +1744,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Sction xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">Training</Sction>
+    <Archived xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">false</Archived>
+    <Chapter xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">00-unassigned</Chapter>
+    <Topic xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">Tenant Move-In Rollout</Topic>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E63768AB-81B8-4BB2-B774-E7BBF623CE9D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{740DE466-3516-432D-87C8-28F5768CACC8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
+    <ds:schemaRef ds:uri="317c34e5-a137-4477-a7de-64a851bd1df6"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{712AFF54-1FE5-4D9D-B2E6-19AD7EF419EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="317c34e5-a137-4477-a7de-64a851bd1df6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{740DE466-3516-432D-87C8-28F5768CACC8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E63768AB-81B8-4BB2-B774-E7BBF623CE9D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Contact Information</vt:lpstr>
       <vt:lpstr>Emergency Contact Information</vt:lpstr>
       <vt:lpstr>Building Access Cards</vt:lpstr>
     </vt:vector>