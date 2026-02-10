--- v0 (2025-11-03)
+++ v1 (2026-02-10)
@@ -6,67 +6,67 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D267BDE" w14:textId="2DAF4A41" w:rsidR="00D603D3" w:rsidRDefault="00254DFE" w:rsidP="00AB4DB5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="314F0446" wp14:editId="0A7F7C41">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="314F0446" wp14:editId="2A4A90E2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>3185160</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1363980" cy="914400"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -321,52 +321,50 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0017097A" w14:paraId="562EEB43" w14:textId="77777777" w:rsidTr="000D2F99">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1800" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="16ED80DD" w14:textId="77777777" w:rsidR="0017097A" w:rsidRDefault="0017097A" w:rsidP="0017097A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Floor:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7830" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="30756878" w14:textId="0FB236F7" w:rsidR="0017097A" w:rsidRPr="002E523A" w:rsidRDefault="0017097A" w:rsidP="0017097A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -1213,51 +1211,73 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Please indicate the number of keys you will require. All keys requested after </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="000840C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>move</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="000840C6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in date will be subject to a charge</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000840C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000840C6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> date will be subject to a charge</w:t>
             </w:r>
             <w:r w:rsidR="00E23F77">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE3AA6" w14:paraId="058EA484" w14:textId="77777777" w:rsidTr="00AE3AA6">
@@ -1890,102 +1910,110 @@
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="2021"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5125"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DE5382" w14:paraId="759648FA" w14:textId="77777777" w:rsidTr="00DE5382">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5125" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CE08EDA" w14:textId="51BC9D30" w:rsidR="00DE5382" w:rsidRPr="00BE0B2F" w:rsidRDefault="00BE0B2F" w:rsidP="00DE5382">
+          <w:p w14:paraId="5CE08EDA" w14:textId="039CCCBA" w:rsidR="00DE5382" w:rsidRPr="00BE0B2F" w:rsidRDefault="006B1EB8" w:rsidP="00DE5382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE0B2F">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>US Bank Tower</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="65D69EC8" w14:textId="58474D2D" w:rsidR="00DE5382" w:rsidRPr="00DE5382" w:rsidRDefault="00BE0B2F" w:rsidP="00DE5382">
+              <w:t>621 Capitol Mall</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65D69EC8" w14:textId="5882BAF1" w:rsidR="00DE5382" w:rsidRPr="00DE5382" w:rsidRDefault="00BE0B2F" w:rsidP="00DE5382">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE0B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>916-498-6215</w:t>
             </w:r>
             <w:r w:rsidR="00DE5382" w:rsidRPr="000840C6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="006B1EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>USBankTower@shorenstein.com</w:t>
+              <w:t>621CapitolMall</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>@shorenstein.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7848FD43" w14:textId="3D2CE8C7" w:rsidR="00DA7B1B" w:rsidRDefault="00DA7B1B" w:rsidP="00A65142">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EEAE3F2" w14:textId="1437A9F6" w:rsidR="00DE5382" w:rsidRDefault="00DE5382" w:rsidP="00A65142">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="367FFD56" w14:textId="6726A435" w:rsidR="00DE5382" w:rsidRDefault="00DE5382" w:rsidP="00A65142">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -1993,156 +2021,156 @@
     <w:p w14:paraId="50766889" w14:textId="69951D18" w:rsidR="00DE5382" w:rsidRDefault="00DE5382" w:rsidP="00A65142">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="188A0CF2" w14:textId="031F509F" w:rsidR="00DE5382" w:rsidRDefault="00DE5382" w:rsidP="00A65142">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DE5382" w:rsidSect="00DE5382">
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="634" w:right="446" w:bottom="864" w:left="547" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02015B52" w14:textId="77777777" w:rsidR="0051596F" w:rsidRDefault="0051596F" w:rsidP="00AB4DB5">
+    <w:p w14:paraId="74D2F1A1" w14:textId="77777777" w:rsidR="009970BC" w:rsidRDefault="009970BC" w:rsidP="00AB4DB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22B5EA55" w14:textId="77777777" w:rsidR="0051596F" w:rsidRDefault="0051596F" w:rsidP="00AB4DB5">
+    <w:p w14:paraId="3E047BA7" w14:textId="77777777" w:rsidR="009970BC" w:rsidRDefault="009970BC" w:rsidP="00AB4DB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51A39C28" w14:textId="77777777" w:rsidR="0051596F" w:rsidRDefault="0051596F" w:rsidP="00AB4DB5">
+    <w:p w14:paraId="3D4BF994" w14:textId="77777777" w:rsidR="009970BC" w:rsidRDefault="009970BC" w:rsidP="00AB4DB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06850C97" w14:textId="77777777" w:rsidR="0051596F" w:rsidRDefault="0051596F" w:rsidP="00AB4DB5">
+    <w:p w14:paraId="2937CE69" w14:textId="77777777" w:rsidR="009970BC" w:rsidRDefault="009970BC" w:rsidP="00AB4DB5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="179F6CDE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1C8E75E"/>
     <w:lvl w:ilvl="0" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="CB6A56A4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="­"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2574,141 +2602,144 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="849565952">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="495268221">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1793551302">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1988512959">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="899293658">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00885A84"/>
     <w:rsid w:val="00073A7B"/>
     <w:rsid w:val="000840C6"/>
     <w:rsid w:val="000A7CEB"/>
     <w:rsid w:val="000D2F99"/>
     <w:rsid w:val="000E1AD7"/>
     <w:rsid w:val="001504D2"/>
     <w:rsid w:val="0017097A"/>
     <w:rsid w:val="00186221"/>
     <w:rsid w:val="001B0FD0"/>
     <w:rsid w:val="001D0B59"/>
     <w:rsid w:val="001E72F1"/>
     <w:rsid w:val="00225AAE"/>
     <w:rsid w:val="00254DFE"/>
     <w:rsid w:val="002A2422"/>
     <w:rsid w:val="002A7739"/>
     <w:rsid w:val="002B7981"/>
     <w:rsid w:val="002C703F"/>
     <w:rsid w:val="002E523A"/>
     <w:rsid w:val="00351076"/>
     <w:rsid w:val="00371C72"/>
     <w:rsid w:val="00373A87"/>
     <w:rsid w:val="00383848"/>
     <w:rsid w:val="004E4FC3"/>
     <w:rsid w:val="0051596F"/>
     <w:rsid w:val="00551DFE"/>
     <w:rsid w:val="00570618"/>
     <w:rsid w:val="0057412E"/>
     <w:rsid w:val="005D2643"/>
     <w:rsid w:val="00630F7E"/>
+    <w:rsid w:val="006B1EB8"/>
     <w:rsid w:val="006B5050"/>
     <w:rsid w:val="006C0B20"/>
     <w:rsid w:val="006F559D"/>
     <w:rsid w:val="00703F47"/>
     <w:rsid w:val="00730801"/>
     <w:rsid w:val="0077103D"/>
     <w:rsid w:val="00772C11"/>
+    <w:rsid w:val="00783DA3"/>
     <w:rsid w:val="00790BC8"/>
     <w:rsid w:val="00885A84"/>
     <w:rsid w:val="008A396E"/>
     <w:rsid w:val="008A4064"/>
     <w:rsid w:val="008B2814"/>
     <w:rsid w:val="008D3FD9"/>
     <w:rsid w:val="009069B0"/>
     <w:rsid w:val="009111EF"/>
+    <w:rsid w:val="009970BC"/>
     <w:rsid w:val="009A0866"/>
     <w:rsid w:val="009A7431"/>
     <w:rsid w:val="00A32A73"/>
     <w:rsid w:val="00A65142"/>
     <w:rsid w:val="00A978E3"/>
     <w:rsid w:val="00AB022E"/>
     <w:rsid w:val="00AB4DB5"/>
     <w:rsid w:val="00AC6182"/>
     <w:rsid w:val="00AD6C71"/>
     <w:rsid w:val="00AE3AA6"/>
     <w:rsid w:val="00BA39E6"/>
     <w:rsid w:val="00BB7DE9"/>
     <w:rsid w:val="00BD459D"/>
     <w:rsid w:val="00BD5BAA"/>
     <w:rsid w:val="00BE0B2F"/>
     <w:rsid w:val="00C1073C"/>
     <w:rsid w:val="00C47217"/>
     <w:rsid w:val="00C7692E"/>
     <w:rsid w:val="00CA5AE9"/>
     <w:rsid w:val="00D32119"/>
     <w:rsid w:val="00D603D3"/>
     <w:rsid w:val="00DA7B1B"/>
     <w:rsid w:val="00DE5382"/>
     <w:rsid w:val="00E23F77"/>
     <w:rsid w:val="00E4190A"/>
@@ -2716,81 +2747,81 @@
     <w:rsid w:val="00E868B2"/>
     <w:rsid w:val="00EA6744"/>
     <w:rsid w:val="00EC4D2D"/>
     <w:rsid w:val="00ED42DA"/>
     <w:rsid w:val="00F00C31"/>
     <w:rsid w:val="00F563F9"/>
     <w:rsid w:val="00F92D9F"/>
     <w:rsid w:val="00FE55C8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="12289"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="27E3C1C5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A881C0C9-D8A3-4C9C-948C-68C9BDC40833}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3122,50 +3153,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00BD5BAA"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -3233,51 +3265,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AB4DB5"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AB4DB5"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -3522,61 +3554,63 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001664EA8CF802BA41BD9E1280E82F8619" ma:contentTypeVersion="43" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e94c66dbc3a1974fd5e88ad12fbaa317">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="c13abfe9-3625-4891-b4bb-2451a40d2adc" xmlns:ns3="317c34e5-a137-4477-a7de-64a851bd1df6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78dfaa425ef43a55bcb523f7ece09cc3" ns1:_="" ns3:_="">
     <xsd:import namespace="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
     <xsd:import namespace="317c34e5-a137-4477-a7de-64a851bd1df6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:Chapter"/>
                 <xsd:element ref="ns1:Sction"/>
                 <xsd:element ref="ns1:Topic" minOccurs="0"/>
                 <xsd:element ref="ns1:Archived" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -3809,145 +3843,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Sction xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">Training</Sction>
+    <Archived xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">false</Archived>
+    <Chapter xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">00-unassigned</Chapter>
+    <Topic xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">Tenant Move-In Rollout</Topic>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{213B6075-4E00-48D4-9B86-23AFEB4B3497}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99ECB3C9-B013-4ABF-A074-FE370924683B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67340C50-B25A-4380-B182-D75E9F6BA7C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D76A432B-F410-4018-9484-3D02FD16BEEC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
     <ds:schemaRef ds:uri="317c34e5-a137-4477-a7de-64a851bd1df6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67340C50-B25A-4380-B182-D75E9F6BA7C7}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{213B6075-4E00-48D4-9B86-23AFEB4B3497}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>152</Words>
-  <Characters>870</Characters>
+  <Words>153</Words>
+  <Characters>875</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tenant Move-In Form Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Shorenstein</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1020</CharactersWithSpaces>
+  <CharactersWithSpaces>1026</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Tenant Move-In Form Template</dc:title>
   <dc:subject/>
   <dc:creator>Linda Bettencourt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001664EA8CF802BA41BD9E1280E82F8619</vt:lpwstr>
   </property>