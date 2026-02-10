--- v0 (2025-11-03)
+++ v1 (2026-02-10)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="000E1154" w14:paraId="4D07E525" w14:textId="77777777" w:rsidTr="00DC033D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="4056625A" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRPr="000E1154" w:rsidRDefault="00E1002B" w:rsidP="00DC033D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="630"/>
               </w:tabs>
@@ -441,61 +441,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Street between L Street and Capitol Mall. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5455B2CA" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRDefault="001F0CA8" w:rsidP="00804E0C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Loading Dock Dime</w:t>
-[...9 lines deleted...]
-              <w:t>nsions: 10ft (W) x 28ft (D) x 12ft (H)</w:t>
+              <w:t>Loading Dock Dimensions: 10ft (W) x 28ft (D) x 12ft (H)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="041870C4" w14:textId="01FD734D" w:rsidR="001F0CA8" w:rsidRPr="001F0CA8" w:rsidRDefault="001F0CA8" w:rsidP="001F0CA8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:spacing w:before="240"/>
               <w:ind w:left="1080"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="000E1154" w14:paraId="3B7C1CB0" w14:textId="77777777" w:rsidTr="00DC033D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -740,66 +730,66 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="000E1154" w14:paraId="062ADF90" w14:textId="77777777" w:rsidTr="00DC033D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="236551B3" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRPr="00F62CE4" w:rsidRDefault="00E1002B" w:rsidP="00DC033D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="00FBF7A1" w14:textId="0716AC44" w:rsidR="00E1002B" w:rsidRPr="00DC033D" w:rsidRDefault="00DC033D" w:rsidP="00804E0C">
+          <w:p w14:paraId="00FBF7A1" w14:textId="63CCEFDD" w:rsidR="00E1002B" w:rsidRPr="00DC033D" w:rsidRDefault="00E51901" w:rsidP="00804E0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC033D">
-[...5 lines deleted...]
-              <w:t>U.S. Bank Tower</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>621 Capitol Mall</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D57866C" w14:textId="07118CDC" w:rsidR="00E1002B" w:rsidRPr="00DC033D" w:rsidRDefault="00DC033D" w:rsidP="00804E0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC033D">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>621 Capitol Mall, Suite 1475</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01CCBA27" w14:textId="23A48C8F" w:rsidR="00E1002B" w:rsidRPr="00DC033D" w:rsidRDefault="00DC033D" w:rsidP="00804E0C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -846,130 +836,130 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6D2FD0A5" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRDefault="00E1002B" w:rsidP="00E1002B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="630"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74225EA6" w14:textId="77777777" w:rsidR="001E233F" w:rsidRPr="00E1002B" w:rsidRDefault="001E233F" w:rsidP="00E1002B"/>
     <w:sectPr w:rsidR="001E233F" w:rsidRPr="00E1002B">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C4C6DB6" w14:textId="77777777" w:rsidR="00DC033D" w:rsidRDefault="00DC033D">
+    <w:p w14:paraId="0F395F32" w14:textId="77777777" w:rsidR="009732F8" w:rsidRDefault="009732F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38BBF401" w14:textId="77777777" w:rsidR="00DC033D" w:rsidRDefault="00DC033D">
+    <w:p w14:paraId="231D702A" w14:textId="77777777" w:rsidR="009732F8" w:rsidRDefault="009732F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="495924706"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="7181B852" w14:textId="24EFFFB3" w:rsidR="00DC033D" w:rsidRPr="00835BB3" w:rsidRDefault="00DC033D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:rPr>
             <w:b/>
@@ -1027,76 +1017,76 @@
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r w:rsidRPr="00835BB3">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Page</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="506A1991" w14:textId="77777777" w:rsidR="00DC033D" w:rsidRDefault="00DC033D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="628045D0" w14:textId="77777777" w:rsidR="00DC033D" w:rsidRDefault="00DC033D">
+    <w:p w14:paraId="05C9FAB9" w14:textId="77777777" w:rsidR="009732F8" w:rsidRDefault="009732F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C7E658B" w14:textId="77777777" w:rsidR="00DC033D" w:rsidRDefault="00DC033D">
+    <w:p w14:paraId="257BEE7A" w14:textId="77777777" w:rsidR="009732F8" w:rsidRDefault="009732F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E644A5E" w14:textId="77777777" w:rsidR="00DC033D" w:rsidRDefault="00DC033D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="790612D2" wp14:editId="790D01F7">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-287020</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1148080" cy="769620"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1137,51 +1127,51 @@
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="4885DEE0" w14:textId="77777777" w:rsidR="00DC033D" w:rsidRDefault="00DC033D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="52C41256" w14:textId="77777777" w:rsidR="00DC033D" w:rsidRDefault="00DC033D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="47005AB6" w14:textId="77777777" w:rsidR="00DC033D" w:rsidRDefault="00DC033D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="044E5D57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25CE9980"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -1929,120 +1919,121 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="587688912">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1126970505">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1546720549">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="816260538">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="2120177818">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1469008697">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="134880261">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A7128"/>
     <w:rsid w:val="00017B2D"/>
     <w:rsid w:val="00027570"/>
     <w:rsid w:val="00067AAC"/>
     <w:rsid w:val="000E6AF5"/>
     <w:rsid w:val="00143E29"/>
     <w:rsid w:val="00165D46"/>
     <w:rsid w:val="00177E60"/>
     <w:rsid w:val="0018096D"/>
     <w:rsid w:val="001C4E46"/>
     <w:rsid w:val="001D6925"/>
     <w:rsid w:val="001E233F"/>
     <w:rsid w:val="001F0CA8"/>
     <w:rsid w:val="00202215"/>
     <w:rsid w:val="0021019B"/>
     <w:rsid w:val="00221184"/>
     <w:rsid w:val="00237F49"/>
     <w:rsid w:val="002420DE"/>
+    <w:rsid w:val="00247F61"/>
     <w:rsid w:val="0028406E"/>
     <w:rsid w:val="0028455E"/>
     <w:rsid w:val="002A54AB"/>
     <w:rsid w:val="002E014C"/>
     <w:rsid w:val="002F7859"/>
     <w:rsid w:val="00356B53"/>
     <w:rsid w:val="003640E2"/>
     <w:rsid w:val="00380016"/>
     <w:rsid w:val="00394F3E"/>
     <w:rsid w:val="003B3743"/>
     <w:rsid w:val="00435C92"/>
     <w:rsid w:val="0043738E"/>
     <w:rsid w:val="00442F10"/>
     <w:rsid w:val="0046720C"/>
     <w:rsid w:val="004C56D4"/>
     <w:rsid w:val="005130A0"/>
     <w:rsid w:val="00523E6B"/>
     <w:rsid w:val="00554896"/>
     <w:rsid w:val="005775F9"/>
     <w:rsid w:val="00580DCD"/>
     <w:rsid w:val="00582088"/>
     <w:rsid w:val="00585863"/>
     <w:rsid w:val="005A3F48"/>
     <w:rsid w:val="005B4372"/>
     <w:rsid w:val="005B5C68"/>
@@ -2051,156 +2042,158 @@
     <w:rsid w:val="006604F8"/>
     <w:rsid w:val="00660874"/>
     <w:rsid w:val="0069067B"/>
     <w:rsid w:val="006971DC"/>
     <w:rsid w:val="006A16F3"/>
     <w:rsid w:val="006A7128"/>
     <w:rsid w:val="006C0B20"/>
     <w:rsid w:val="006D0FBF"/>
     <w:rsid w:val="006E30DD"/>
     <w:rsid w:val="006F2D6A"/>
     <w:rsid w:val="007074D5"/>
     <w:rsid w:val="007219AF"/>
     <w:rsid w:val="0079170B"/>
     <w:rsid w:val="007A1324"/>
     <w:rsid w:val="007B4BD9"/>
     <w:rsid w:val="007E122C"/>
     <w:rsid w:val="0080111F"/>
     <w:rsid w:val="00804E0C"/>
     <w:rsid w:val="00835BB3"/>
     <w:rsid w:val="00851EB3"/>
     <w:rsid w:val="00873A5E"/>
     <w:rsid w:val="008A4064"/>
     <w:rsid w:val="008A5744"/>
     <w:rsid w:val="008B197F"/>
     <w:rsid w:val="00910718"/>
+    <w:rsid w:val="009732F8"/>
     <w:rsid w:val="00987EEB"/>
     <w:rsid w:val="009C0270"/>
     <w:rsid w:val="009C7584"/>
     <w:rsid w:val="009F754F"/>
     <w:rsid w:val="00A124C4"/>
     <w:rsid w:val="00A15607"/>
     <w:rsid w:val="00A33A6E"/>
     <w:rsid w:val="00A54070"/>
     <w:rsid w:val="00A70774"/>
     <w:rsid w:val="00A730C9"/>
     <w:rsid w:val="00A85FE8"/>
     <w:rsid w:val="00A86FB4"/>
     <w:rsid w:val="00AB73A8"/>
     <w:rsid w:val="00AD60BD"/>
     <w:rsid w:val="00AD69CD"/>
     <w:rsid w:val="00AF2C33"/>
     <w:rsid w:val="00B11BD1"/>
     <w:rsid w:val="00B21BE0"/>
     <w:rsid w:val="00B77C26"/>
     <w:rsid w:val="00B844DD"/>
     <w:rsid w:val="00B8538D"/>
     <w:rsid w:val="00B85A9C"/>
     <w:rsid w:val="00BC1862"/>
     <w:rsid w:val="00C22E86"/>
     <w:rsid w:val="00C47394"/>
     <w:rsid w:val="00C76068"/>
     <w:rsid w:val="00C95370"/>
     <w:rsid w:val="00CA014F"/>
     <w:rsid w:val="00CA0F23"/>
     <w:rsid w:val="00CA2C90"/>
     <w:rsid w:val="00CD2D52"/>
     <w:rsid w:val="00D10C68"/>
     <w:rsid w:val="00D11D05"/>
     <w:rsid w:val="00D1603F"/>
     <w:rsid w:val="00D6431E"/>
     <w:rsid w:val="00D95585"/>
     <w:rsid w:val="00DA5A33"/>
     <w:rsid w:val="00DC033D"/>
     <w:rsid w:val="00DC3C6E"/>
     <w:rsid w:val="00DE5E41"/>
     <w:rsid w:val="00DF1223"/>
     <w:rsid w:val="00DF2EAA"/>
     <w:rsid w:val="00DF6834"/>
     <w:rsid w:val="00E1002B"/>
+    <w:rsid w:val="00E51901"/>
     <w:rsid w:val="00E8697A"/>
     <w:rsid w:val="00E93CBD"/>
     <w:rsid w:val="00E94839"/>
     <w:rsid w:val="00EC563B"/>
     <w:rsid w:val="00F079E2"/>
     <w:rsid w:val="00F125B3"/>
     <w:rsid w:val="00F5099A"/>
     <w:rsid w:val="00F57763"/>
     <w:rsid w:val="00F62CE4"/>
     <w:rsid w:val="00F70B0E"/>
     <w:rsid w:val="00FB3F0D"/>
     <w:rsid w:val="00FB54C1"/>
     <w:rsid w:val="00FD5587"/>
     <w:rsid w:val="00FE4173"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0370F5EA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C36906C0-D714-487B-A95B-BC53CE1C997C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2532,50 +2525,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00E1002B"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -2764,51 +2758,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E1002B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E1002B"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="167334667">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1765803254">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3080,56 +3074,58 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Sction xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">Training</Sction>
+    <Archived xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">false</Archived>
+    <Chapter xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">00-unassigned</Chapter>
+    <Topic xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">Tenant Move-In Rollout</Topic>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001664EA8CF802BA41BD9E1280E82F8619" ma:contentTypeVersion="43" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e94c66dbc3a1974fd5e88ad12fbaa317">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="c13abfe9-3625-4891-b4bb-2451a40d2adc" xmlns:ns3="317c34e5-a137-4477-a7de-64a851bd1df6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78dfaa425ef43a55bcb523f7ece09cc3" ns1:_="" ns3:_="">
     <xsd:import namespace="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
     <xsd:import namespace="317c34e5-a137-4477-a7de-64a851bd1df6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:Chapter"/>
                 <xsd:element ref="ns1:Sction"/>
                 <xsd:element ref="ns1:Topic" minOccurs="0"/>
                 <xsd:element ref="ns1:Archived" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceAutoKeyPoints" minOccurs="0"/>
@@ -3366,134 +3362,125 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98BA7159-70FB-42DF-B485-2282865F03FA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4BB64EE-8D59-4D95-833A-AD16510745EA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8FD5D62-7E06-45BC-9297-4D87A8DD4D6A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
     <ds:schemaRef ds:uri="317c34e5-a137-4477-a7de-64a851bd1df6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4BB64EE-8D59-4D95-833A-AD16510745EA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98BA7159-70FB-42DF-B485-2282865F03FA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>147</Words>
+  <Words>148</Words>
   <Characters>844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>7</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Building Moving Procedures Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Shorenstein</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>990</CharactersWithSpaces>
+  <CharactersWithSpaces>991</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Building Moving Procedures Template</dc:title>
   <dc:subject/>
   <dc:creator>Linda Bettencourt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001664EA8CF802BA41BD9E1280E82F8619</vt:lpwstr>
   </property>