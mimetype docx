--- v0 (2025-11-03)
+++ v1 (2026-02-10)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="456"/>
         <w:gridCol w:w="8894"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="00AF5F3A" w14:paraId="71A7B0FC" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="002060"/>
           </w:tcPr>
           <w:p w14:paraId="30A2D3E4" w14:textId="30439473" w:rsidR="00E1002B" w:rsidRPr="00AF5F3A" w:rsidRDefault="00F10369" w:rsidP="000E1FA2">
             <w:pPr>
               <w:tabs>
@@ -142,51 +142,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Please do the following 3 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>weeks prior to the move in date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="00AF5F3A" w14:paraId="3576396C" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3389A5" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRDefault="00420D97" w:rsidP="000E1FA2">
+          <w:p w14:paraId="2B3389A5" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRDefault="00941946" w:rsidP="000E1FA2">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-2083126287"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -267,152 +267,116 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> to</w:t>
             </w:r>
             <w:r w:rsidR="00925B52" w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="00925B52" w:rsidRPr="007B58E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>Reference Rental Remi</w:t>
-[...35 lines deleted...]
-                <w:t>ormation</w:t>
+                <w:t>Reference Rental Remittance Information</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007B58E9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="00AF5F3A" w14:paraId="7322DEC9" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1385B47C" w14:textId="198565ED" w:rsidR="00E1002B" w:rsidRDefault="00420D97" w:rsidP="000E1FA2">
+          <w:p w14:paraId="1385B47C" w14:textId="198565ED" w:rsidR="00E1002B" w:rsidRDefault="00941946" w:rsidP="000E1FA2">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="969324815"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F10369">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8894" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B69C122" w14:textId="1E957DDE" w:rsidR="00E1002B" w:rsidRPr="00FD0E91" w:rsidRDefault="00925B52" w:rsidP="00925B52">
+          <w:p w14:paraId="0B69C122" w14:textId="383519B0" w:rsidR="00E1002B" w:rsidRPr="00FD0E91" w:rsidRDefault="00925B52" w:rsidP="00925B52">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Reference</w:t>
             </w:r>
             <w:r w:rsidR="00206877" w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -451,193 +415,166 @@
               <w:r w:rsidRPr="007B58E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>nce R</w:t>
               </w:r>
               <w:r w:rsidR="005C6F49" w:rsidRPr="007B58E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>equirements</w:t>
               </w:r>
               <w:r w:rsidRPr="007B58E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> Infor</w:t>
+                <w:t xml:space="preserve"> Information</w:t>
               </w:r>
-              <w:r w:rsidRPr="007B58E9">
+            </w:hyperlink>
+            <w:r w:rsidRPr="00FD0E91">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005C6F49" w:rsidRPr="00AF477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and f</w:t>
+            </w:r>
+            <w:r w:rsidR="00E1002B" w:rsidRPr="00AF477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>orward the Tenant Certif</w:t>
+            </w:r>
+            <w:r w:rsidR="00B61440" w:rsidRPr="00AF477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">icate of Insurance </w:t>
+            </w:r>
+            <w:r w:rsidR="00E1002B" w:rsidRPr="00AF477A">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidR="00115052" w:rsidRPr="00E77542">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>m</w:t>
-[...69 lines deleted...]
-                <w:t>USBankTower@shorenstein.com</w:t>
+                <w:t>621CapitolMall@shorenstein.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00B97040">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="00AF5F3A" w14:paraId="788B6C91" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC9B005" w14:textId="53E18BD5" w:rsidR="00E1002B" w:rsidRDefault="00420D97" w:rsidP="000E1FA2">
+          <w:p w14:paraId="1BC9B005" w14:textId="53E18BD5" w:rsidR="00E1002B" w:rsidRDefault="00941946" w:rsidP="000E1FA2">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1783990454"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E34CD1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8894" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="237271FB" w14:textId="361200C4" w:rsidR="00E1002B" w:rsidRPr="00FD0E91" w:rsidRDefault="00E1002B" w:rsidP="00925B52">
+          <w:p w14:paraId="237271FB" w14:textId="36043C5E" w:rsidR="00E1002B" w:rsidRPr="00FD0E91" w:rsidRDefault="00E1002B" w:rsidP="00925B52">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete the </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidRPr="007B58E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
@@ -684,122 +621,122 @@
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:textFill>
                   <w14:solidFill>
                     <w14:srgbClr w14:val="000000">
                       <w14:lumMod w14:val="50000"/>
                     </w14:srgbClr>
                   </w14:solidFill>
                 </w14:textFill>
               </w:rPr>
               <w:t xml:space="preserve">it </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF477A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r w:rsidR="00A41326" w:rsidRPr="00B93F8F">
+              <w:r w:rsidR="00115052" w:rsidRPr="00E77542">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>USBankTower@shorenstein.com</w:t>
+                <w:t>621CapitolMall@shorenstein.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A41326">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0005068F" w:rsidRPr="00AF5F3A" w14:paraId="57D6697B" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6819311B" w14:textId="37C701ED" w:rsidR="0005068F" w:rsidRDefault="00420D97" w:rsidP="000E1FA2">
+          <w:p w14:paraId="6819311B" w14:textId="37C701ED" w:rsidR="0005068F" w:rsidRDefault="00941946" w:rsidP="000E1FA2">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="868181546"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E34CD1">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8894" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="297DBD5D" w14:textId="011359B1" w:rsidR="0005068F" w:rsidRPr="00FD0E91" w:rsidRDefault="0005068F" w:rsidP="000E1FA2">
+          <w:p w14:paraId="297DBD5D" w14:textId="5F8F5DD3" w:rsidR="0005068F" w:rsidRPr="00FD0E91" w:rsidRDefault="0005068F" w:rsidP="000E1FA2">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete the </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="007B58E9">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
@@ -838,77 +775,77 @@
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w14:textFill>
                   <w14:solidFill>
                     <w14:srgbClr w14:val="000000">
                       <w14:lumMod w14:val="50000"/>
                     </w14:srgbClr>
                   </w14:solidFill>
                 </w14:textFill>
               </w:rPr>
               <w:t xml:space="preserve">and email it </w:t>
             </w:r>
             <w:r w:rsidRPr="00AF477A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">to </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidR="00A41326" w:rsidRPr="00B93F8F">
+              <w:r w:rsidR="00115052" w:rsidRPr="00E77542">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>USBankTower@shorenstein.com</w:t>
+                <w:t>621CapitolMall@shorenstein.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A41326">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="00AF5F3A" w14:paraId="3617B3DB" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13B898FF" w14:textId="1A67AF7E" w:rsidR="00E1002B" w:rsidRDefault="00420D97" w:rsidP="000E1FA2">
+          <w:p w14:paraId="13B898FF" w14:textId="1A67AF7E" w:rsidR="00E1002B" w:rsidRDefault="00941946" w:rsidP="000E1FA2">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="157345477"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -970,51 +907,51 @@
             <w:r w:rsidR="0007443E" w:rsidRPr="00AF477A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to contract for parking or parking questions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="00AF5F3A" w14:paraId="03CB3118" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1453362D" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRDefault="00420D97" w:rsidP="000E1FA2">
+          <w:p w14:paraId="1453362D" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRDefault="00941946" w:rsidP="000E1FA2">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1787923146"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1072,51 +1009,51 @@
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>system.</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E1002B" w:rsidRPr="00AF5F3A" w14:paraId="4127BDFD" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25271321" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRDefault="00420D97" w:rsidP="000E1FA2">
+          <w:p w14:paraId="25271321" w14:textId="77777777" w:rsidR="00E1002B" w:rsidRDefault="00941946" w:rsidP="000E1FA2">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-214977037"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1161,51 +1098,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Suite </w:t>
             </w:r>
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>keys and Mail Key, etc. from the Property Manager.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925B52" w:rsidRPr="00AF5F3A" w14:paraId="62AFD4DF" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB06927" w14:textId="77777777" w:rsidR="00925B52" w:rsidRDefault="00420D97" w:rsidP="00925B52">
+          <w:p w14:paraId="2CB06927" w14:textId="77777777" w:rsidR="00925B52" w:rsidRDefault="00941946" w:rsidP="00925B52">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1108935752"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1253,51 +1190,51 @@
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>Building’s Moving Procedures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007B58E9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925B52" w:rsidRPr="00AF5F3A" w14:paraId="63E1173E" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E86519F" w14:textId="77777777" w:rsidR="00925B52" w:rsidRDefault="00420D97" w:rsidP="00925B52">
+          <w:p w14:paraId="0E86519F" w14:textId="77777777" w:rsidR="00925B52" w:rsidRDefault="00941946" w:rsidP="00925B52">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="1466850318"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -1325,103 +1262,101 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Attend a scheduled pre-walk to view the existing conditions of the space with the Property Manager. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003F5818" w:rsidRPr="00AF5F3A" w14:paraId="257DA9E6" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0BAFDAFD" w14:textId="7CAD7339" w:rsidR="003F5818" w:rsidRDefault="00420D97" w:rsidP="003F5818">
+          <w:p w14:paraId="0BAFDAFD" w14:textId="7CAD7339" w:rsidR="003F5818" w:rsidRDefault="00941946" w:rsidP="003F5818">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1157757160"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003F5818">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8894" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7470C68B" w14:textId="1F5B59DA" w:rsidR="003F5818" w:rsidRPr="00FD0E91" w:rsidRDefault="003F5818" w:rsidP="003F5818">
+          <w:p w14:paraId="7C2DE634" w14:textId="77777777" w:rsidR="003F5818" w:rsidRDefault="003F5818" w:rsidP="003F5818">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
-[...2 lines deleted...]
-                <w:highlight w:val="yellow"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Inform your employees </w:t>
             </w:r>
             <w:r w:rsidR="00784C1C" w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to submit an</w:t>
             </w:r>
             <w:r w:rsidRPr="00FD0E91">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -1502,50 +1437,61 @@
             </w:r>
             <w:r w:rsidR="00EE23B2">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Agreement and </w:t>
             </w:r>
             <w:r w:rsidR="004239F6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bicycle Parking Application</w:t>
             </w:r>
             <w:r w:rsidRPr="00AF477A">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">.  </w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="7470C68B" w14:textId="1F5B59DA" w:rsidR="00115052" w:rsidRPr="00FD0E91" w:rsidRDefault="00115052" w:rsidP="00115052">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925B52" w:rsidRPr="00AF5F3A" w14:paraId="3DA8042B" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03DF179D" w14:textId="77777777" w:rsidR="00925B52" w:rsidRPr="002E4974" w:rsidRDefault="00925B52" w:rsidP="00925B52">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="630"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1630,51 +1576,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8894" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E424DA8" w14:textId="77777777" w:rsidR="00925B52" w:rsidRPr="002E4974" w:rsidRDefault="00925B52" w:rsidP="00925B52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="6"/>
                 <w:szCs w:val="6"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925B52" w:rsidRPr="00AF5F3A" w14:paraId="7FD49776" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AF118E4" w14:textId="77777777" w:rsidR="00925B52" w:rsidRDefault="00420D97" w:rsidP="00925B52">
+          <w:p w14:paraId="1AF118E4" w14:textId="77777777" w:rsidR="00925B52" w:rsidRDefault="00941946" w:rsidP="00925B52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-1608584964"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -1707,51 +1653,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E4974">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Attend a Post walk with the Property Manager to check for damages during the move.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925B52" w:rsidRPr="00AF5F3A" w14:paraId="7A4253A1" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="456" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19C37F52" w14:textId="77777777" w:rsidR="00925B52" w:rsidRDefault="00420D97" w:rsidP="00925B52">
+          <w:p w14:paraId="19C37F52" w14:textId="77777777" w:rsidR="00925B52" w:rsidRDefault="00941946" w:rsidP="00925B52">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:id w:val="-545144966"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -1925,66 +1871,76 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00925B52" w:rsidRPr="00AF5F3A" w14:paraId="3650443B" w14:textId="77777777" w:rsidTr="000E1FA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5B42B41E" w14:textId="726FBAA2" w:rsidR="00925B52" w:rsidRPr="004239F6" w:rsidRDefault="004239F6" w:rsidP="00925B52">
+          <w:p w14:paraId="7B779135" w14:textId="77777777" w:rsidR="00115052" w:rsidRDefault="00115052" w:rsidP="00925B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004239F6">
-[...5 lines deleted...]
-              <w:t>U.S. Bank Tower</w:t>
+          </w:p>
+          <w:p w14:paraId="5B42B41E" w14:textId="50FFAC08" w:rsidR="00925B52" w:rsidRPr="004239F6" w:rsidRDefault="00115052" w:rsidP="00925B52">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>621 Capitol Mall</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2904CA27" w14:textId="3D85BDFB" w:rsidR="00925B52" w:rsidRPr="004239F6" w:rsidRDefault="004239F6" w:rsidP="00925B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004239F6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">621 Capitol Mall, Suite </w:t>
             </w:r>
             <w:r w:rsidR="00420D97">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -2005,174 +1961,185 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sacramento, CA 95814</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="272350B3" w14:textId="194EE0F1" w:rsidR="00925B52" w:rsidRPr="004239F6" w:rsidRDefault="004239F6" w:rsidP="00925B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004239F6">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>916-498-6215</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55B9070C" w14:textId="02184ABB" w:rsidR="00925B52" w:rsidRPr="002E4974" w:rsidRDefault="004239F6" w:rsidP="00925B52">
+          <w:p w14:paraId="55B9070C" w14:textId="617992A2" w:rsidR="00925B52" w:rsidRPr="002E4974" w:rsidRDefault="00115052" w:rsidP="00925B52">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004239F6">
-[...5 lines deleted...]
-              <w:t>USBankTower@shorenstein.com</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r w:rsidRPr="00E77542">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>621CapitolMall@shorenstein.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="74225EA6" w14:textId="20BA98D6" w:rsidR="001E233F" w:rsidRDefault="001E233F" w:rsidP="007C40BC"/>
     <w:sectPr w:rsidR="001E233F">
-      <w:headerReference w:type="default" r:id="rId20"/>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:headerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="default" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D167484" w14:textId="77777777" w:rsidR="00291D4C" w:rsidRDefault="00291D4C">
+    <w:p w14:paraId="052E7542" w14:textId="77777777" w:rsidR="00941946" w:rsidRDefault="00941946">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="72454488" w14:textId="77777777" w:rsidR="00291D4C" w:rsidRDefault="00291D4C">
+    <w:p w14:paraId="75950BF0" w14:textId="77777777" w:rsidR="00941946" w:rsidRDefault="00941946">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-835834034"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="3FF94780" w14:textId="0EF12283" w:rsidR="00263B77" w:rsidRPr="00263B77" w:rsidRDefault="00263B77">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:rPr>
             <w:b/>
@@ -2230,76 +2197,76 @@
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r w:rsidRPr="00263B77">
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
           <w:t>Page</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="63201C35" w14:textId="77777777" w:rsidR="00420D97" w:rsidRDefault="00420D97">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="309A7539" w14:textId="77777777" w:rsidR="00291D4C" w:rsidRDefault="00291D4C">
+    <w:p w14:paraId="51FB805B" w14:textId="77777777" w:rsidR="00941946" w:rsidRDefault="00941946">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C20D521" w14:textId="77777777" w:rsidR="00291D4C" w:rsidRDefault="00291D4C">
+    <w:p w14:paraId="70755AF9" w14:textId="77777777" w:rsidR="00941946" w:rsidRDefault="00941946">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E644A5E" w14:textId="77777777" w:rsidR="00420D97" w:rsidRDefault="00E1002B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="790612D2" wp14:editId="790D01F7">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-287020</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1148080" cy="769620"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="1" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2344,51 +2311,51 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="4885DEE0" w14:textId="77777777" w:rsidR="00420D97" w:rsidRDefault="00420D97">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="52C41256" w14:textId="0D890904" w:rsidR="00420D97" w:rsidRDefault="00420D97">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="6E2E996C" w14:textId="77777777" w:rsidR="002B444D" w:rsidRPr="00A046DE" w:rsidRDefault="002B444D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:b/>
         <w:color w:val="FF0000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="044E5D57"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25CE9980"/>
     <w:lvl w:ilvl="0" w:tplc="04090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3161,91 +3128,92 @@
   <w:num w:numId="1" w16cid:durableId="142161020">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="617563467">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1453207144">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="427888447">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1934430444">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="430857125">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="14163785">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A7128"/>
     <w:rsid w:val="00015187"/>
     <w:rsid w:val="00017B2D"/>
     <w:rsid w:val="00022392"/>
     <w:rsid w:val="00027570"/>
     <w:rsid w:val="0005068F"/>
     <w:rsid w:val="00067AAC"/>
     <w:rsid w:val="0007443E"/>
     <w:rsid w:val="00084048"/>
     <w:rsid w:val="000903C2"/>
     <w:rsid w:val="000D7232"/>
     <w:rsid w:val="000F5221"/>
     <w:rsid w:val="000F77F0"/>
     <w:rsid w:val="000F7D59"/>
+    <w:rsid w:val="00115052"/>
     <w:rsid w:val="00143BAD"/>
     <w:rsid w:val="00144FA0"/>
     <w:rsid w:val="001761DC"/>
     <w:rsid w:val="00177E60"/>
     <w:rsid w:val="0018096D"/>
     <w:rsid w:val="001A640D"/>
     <w:rsid w:val="001C3F9A"/>
     <w:rsid w:val="001C4E46"/>
     <w:rsid w:val="001D6925"/>
     <w:rsid w:val="001D7BD2"/>
     <w:rsid w:val="001D7E13"/>
     <w:rsid w:val="001E233F"/>
     <w:rsid w:val="00202215"/>
     <w:rsid w:val="00206877"/>
     <w:rsid w:val="0021019B"/>
     <w:rsid w:val="00220784"/>
     <w:rsid w:val="00221184"/>
     <w:rsid w:val="00237F49"/>
     <w:rsid w:val="002420DE"/>
     <w:rsid w:val="00243497"/>
     <w:rsid w:val="00243C57"/>
     <w:rsid w:val="002479C0"/>
     <w:rsid w:val="00252283"/>
     <w:rsid w:val="00263B77"/>
     <w:rsid w:val="0028406E"/>
@@ -3339,50 +3307,51 @@
     <w:rsid w:val="0079170B"/>
     <w:rsid w:val="0079544A"/>
     <w:rsid w:val="007A1324"/>
     <w:rsid w:val="007B4BD9"/>
     <w:rsid w:val="007B58E9"/>
     <w:rsid w:val="007C40BC"/>
     <w:rsid w:val="007E11D7"/>
     <w:rsid w:val="0080111F"/>
     <w:rsid w:val="0083670C"/>
     <w:rsid w:val="0085101E"/>
     <w:rsid w:val="00851EB3"/>
     <w:rsid w:val="00855E9A"/>
     <w:rsid w:val="008603C7"/>
     <w:rsid w:val="00873A5E"/>
     <w:rsid w:val="00892814"/>
     <w:rsid w:val="008A4064"/>
     <w:rsid w:val="008A5744"/>
     <w:rsid w:val="008B197F"/>
     <w:rsid w:val="008E2AE6"/>
     <w:rsid w:val="008E4158"/>
     <w:rsid w:val="008E7D76"/>
     <w:rsid w:val="008F7F9B"/>
     <w:rsid w:val="00910718"/>
     <w:rsid w:val="00925B52"/>
     <w:rsid w:val="009270E1"/>
+    <w:rsid w:val="00941946"/>
     <w:rsid w:val="00987EEB"/>
     <w:rsid w:val="009A2573"/>
     <w:rsid w:val="009C0270"/>
     <w:rsid w:val="009C7584"/>
     <w:rsid w:val="009D1F0B"/>
     <w:rsid w:val="009D4B01"/>
     <w:rsid w:val="009D64FD"/>
     <w:rsid w:val="009F7531"/>
     <w:rsid w:val="009F754F"/>
     <w:rsid w:val="00A046DE"/>
     <w:rsid w:val="00A124C4"/>
     <w:rsid w:val="00A13631"/>
     <w:rsid w:val="00A1434D"/>
     <w:rsid w:val="00A15516"/>
     <w:rsid w:val="00A15607"/>
     <w:rsid w:val="00A208E9"/>
     <w:rsid w:val="00A25664"/>
     <w:rsid w:val="00A33A6E"/>
     <w:rsid w:val="00A35FC2"/>
     <w:rsid w:val="00A41326"/>
     <w:rsid w:val="00A60FF5"/>
     <w:rsid w:val="00A67D29"/>
     <w:rsid w:val="00A834A0"/>
     <w:rsid w:val="00A85FE8"/>
     <w:rsid w:val="00A86FB4"/>
@@ -3443,92 +3412,93 @@
     <w:rsid w:val="00D95585"/>
     <w:rsid w:val="00DA5A33"/>
     <w:rsid w:val="00DC3C6E"/>
     <w:rsid w:val="00DC72C3"/>
     <w:rsid w:val="00DE5E41"/>
     <w:rsid w:val="00DF1223"/>
     <w:rsid w:val="00DF2EAA"/>
     <w:rsid w:val="00DF6834"/>
     <w:rsid w:val="00E1002B"/>
     <w:rsid w:val="00E26EC0"/>
     <w:rsid w:val="00E34CD1"/>
     <w:rsid w:val="00E637A5"/>
     <w:rsid w:val="00E8697A"/>
     <w:rsid w:val="00E93CBD"/>
     <w:rsid w:val="00E94839"/>
     <w:rsid w:val="00EB0042"/>
     <w:rsid w:val="00EB27D1"/>
     <w:rsid w:val="00EC563B"/>
     <w:rsid w:val="00EE23B2"/>
     <w:rsid w:val="00EE5F86"/>
     <w:rsid w:val="00F079E2"/>
     <w:rsid w:val="00F10369"/>
     <w:rsid w:val="00F125B3"/>
     <w:rsid w:val="00F5099A"/>
     <w:rsid w:val="00F57763"/>
+    <w:rsid w:val="00F64CFB"/>
     <w:rsid w:val="00F70B0E"/>
     <w:rsid w:val="00FB3F0D"/>
     <w:rsid w:val="00FB54C1"/>
     <w:rsid w:val="00FC3202"/>
     <w:rsid w:val="00FD0E91"/>
     <w:rsid w:val="00FD5079"/>
     <w:rsid w:val="00FD5587"/>
     <w:rsid w:val="00FE4173"/>
     <w:rsid w:val="00FE7032"/>
     <w:rsid w:val="00FF2DAF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0370F5EA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C36906C0-D714-487B-A95B-BC53CE1C997C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4121,86 +4091,86 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E1002B"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A41326"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="167334667">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1765803254">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/forms" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/forms" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:USBankTower@shorenstein.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/building-operations/moving-procedures" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:USBankTower@shorenstein.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/building-operations/insurance-requirements" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/forms" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/building-operations/rental-remittance" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/introduction/welcome" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:USBankTower@shorenstein.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/forms" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/forms" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:621CapitolMall@shorenstein.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/building-operations/moving-procedures" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:621CapitolMall@shorenstein.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:621CapitolMall@shorenstein.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/building-operations/insurance-requirements" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/forms" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/building-operations/rental-remittance" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tenants.usbanktowersacramento.com/tenant-handbook-new/introduction/welcome" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:621CapitolMall@shorenstein.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -4437,56 +4407,58 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Sction xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">Training</Sction>
+    <Archived xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">false</Archived>
+    <Chapter xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">00-unassigned</Chapter>
+    <Topic xmlns="c13abfe9-3625-4891-b4bb-2451a40d2adc">Tenant Move-In Rollout</Topic>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001664EA8CF802BA41BD9E1280E82F8619" ma:contentTypeVersion="43" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e94c66dbc3a1974fd5e88ad12fbaa317">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="c13abfe9-3625-4891-b4bb-2451a40d2adc" xmlns:ns3="317c34e5-a137-4477-a7de-64a851bd1df6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78dfaa425ef43a55bcb523f7ece09cc3" ns1:_="" ns3:_="">
     <xsd:import namespace="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
     <xsd:import namespace="317c34e5-a137-4477-a7de-64a851bd1df6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:Chapter"/>
                 <xsd:element ref="ns1:Sction"/>
                 <xsd:element ref="ns1:Topic" minOccurs="0"/>
                 <xsd:element ref="ns1:Archived" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:MediaServiceAutoKeyPoints" minOccurs="0"/>
@@ -4723,134 +4695,125 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98BA7159-70FB-42DF-B485-2282865F03FA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4BB64EE-8D59-4D95-833A-AD16510745EA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEF8587E-04A5-4AFF-BAFC-DD64FEF67618}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c13abfe9-3625-4891-b4bb-2451a40d2adc"/>
     <ds:schemaRef ds:uri="317c34e5-a137-4477-a7de-64a851bd1df6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A4BB64EE-8D59-4D95-833A-AD16510745EA}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98BA7159-70FB-42DF-B485-2282865F03FA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>367</Words>
-  <Characters>2097</Characters>
+  <Words>378</Words>
+  <Characters>2160</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tenant Move-In Checklist Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Shorenstein</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2460</CharactersWithSpaces>
+  <CharactersWithSpaces>2533</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Tenant Move-In Checklist Template</dc:title>
   <dc:subject/>
   <dc:creator>Linda Bettencourt</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001664EA8CF802BA41BD9E1280E82F8619</vt:lpwstr>