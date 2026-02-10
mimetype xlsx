--- v0 (2025-12-26)
+++ v1 (2026-02-10)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27531"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Shared\USBTW\OPERATIONS\After Hours Access\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://us-partner-integrations.egnyte.com/msoffice/wopi/files/58265ea6-0399-4830-b86b-8b8d1e48ccec/WOPIServiceId_TP_EGNYTE_PLUS/WOPIUserId_-/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25B13EAC-2EBA-479B-8DE6-3976DFFB042D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="13_ncr:1_{25B13EAC-2EBA-479B-8DE6-3976DFFB042D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FA284E4C-05D1-4F58-9F0C-9C72AF2C8A66}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="22780" windowHeight="14540" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Access Form" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
@@ -112,60 +112,60 @@
   <si>
     <t>Tele/Data</t>
   </si>
   <si>
     <t>Details/Special Instructions</t>
   </si>
   <si>
     <t>Emergency Contacts</t>
   </si>
   <si>
     <t>Instructions</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Cell Phone</t>
   </si>
   <si>
     <t>Please use Details/Instructions box to indicate freight needs, hot work, engineering assistance, dates and times, etc.</t>
   </si>
   <si>
     <t>Email completed form to:</t>
   </si>
   <si>
-    <t>usbanktower@shorenstein.com</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Description of work </t>
   </si>
   <si>
     <t>Day-Month-Time</t>
   </si>
   <si>
     <t>Date(s) of Access + Timeframe:</t>
+  </si>
+  <si>
+    <t>621CapitolMall@shorenstein.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
@@ -485,159 +485,159 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
-[...79 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFC9BEDA"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1043,718 +1043,718 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:usbanktower@shorenstein.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:621CapitolMall@shorenstein.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:R39"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
-      <selection activeCell="A15" sqref="A15"/>
+    <sheetView tabSelected="1" topLeftCell="B1" zoomScale="50" zoomScaleNormal="50" workbookViewId="0">
+      <selection activeCell="N45" sqref="N45"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="23.25" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="23.5" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="47.28515625" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="26.140625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="47.26953125" style="1" customWidth="1"/>
+    <col min="2" max="2" width="135.81640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="25.453125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="26.54296875" style="1" customWidth="1"/>
+    <col min="5" max="5" width="27.54296875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="26.1796875" style="1" customWidth="1"/>
     <col min="7" max="7" width="27" style="1" customWidth="1"/>
-    <col min="8" max="8" width="26.42578125" style="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14" max="14" width="18.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="26.453125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="32.453125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="13.7265625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="16.54296875" style="1" customWidth="1"/>
+    <col min="12" max="12" width="16.26953125" style="1" customWidth="1"/>
+    <col min="13" max="13" width="13.7265625" style="1" customWidth="1"/>
+    <col min="14" max="14" width="18.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="19" style="1" customWidth="1"/>
-    <col min="16" max="16" width="19.85546875" style="1" customWidth="1"/>
+    <col min="16" max="16" width="19.81640625" style="1" customWidth="1"/>
     <col min="17" max="17" width="19" style="1" customWidth="1"/>
-    <col min="18" max="18" width="11.28515625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="20" max="16384" width="9.140625" style="1"/>
+    <col min="18" max="18" width="11.26953125" style="1" customWidth="1"/>
+    <col min="19" max="19" width="9.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="20" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="N2" s="2"/>
     </row>
-    <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
       <c r="N3" s="2"/>
     </row>
-    <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
     </row>
-    <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
       <c r="H5" s="2"/>
       <c r="I5" s="2"/>
       <c r="J5" s="2"/>
       <c r="K5" s="2"/>
       <c r="L5" s="2"/>
       <c r="M5" s="2"/>
       <c r="N5" s="2"/>
     </row>
-    <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D6" s="2"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
       <c r="L6" s="2"/>
       <c r="M6" s="2"/>
       <c r="N6" s="2"/>
     </row>
-    <row r="7" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
       <c r="I7" s="2"/>
       <c r="J7" s="2"/>
       <c r="K7" s="2"/>
       <c r="L7" s="2"/>
       <c r="M7" s="2"/>
       <c r="N7" s="2"/>
     </row>
-    <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D8" s="2"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
       <c r="G8" s="2"/>
       <c r="H8" s="2"/>
       <c r="I8" s="2"/>
       <c r="J8" s="2"/>
       <c r="K8" s="2"/>
       <c r="L8" s="2"/>
       <c r="M8" s="2"/>
       <c r="N8" s="2"/>
     </row>
-    <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
       <c r="G9" s="2"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="2"/>
       <c r="K9" s="2"/>
       <c r="L9" s="2"/>
       <c r="M9" s="2"/>
       <c r="N9" s="2"/>
     </row>
-    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D10" s="2"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
       <c r="G10" s="2"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="2"/>
       <c r="K10" s="2"/>
       <c r="L10" s="2"/>
       <c r="M10" s="2"/>
       <c r="N10" s="2"/>
     </row>
-    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
       <c r="G11" s="2"/>
       <c r="H11" s="2"/>
       <c r="I11" s="2"/>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="2"/>
       <c r="N11" s="2"/>
     </row>
-    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="2"/>
       <c r="I12" s="2"/>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="2"/>
       <c r="N12" s="2"/>
     </row>
-    <row r="13" spans="1:14" ht="14.45" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:14" ht="14.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
       <c r="H13" s="2"/>
       <c r="I13" s="2"/>
       <c r="J13" s="2"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="2"/>
       <c r="N13" s="2"/>
     </row>
-    <row r="14" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:14" ht="25.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A14" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B14" s="4"/>
     </row>
-    <row r="15" spans="1:14" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:14" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="3" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B15" s="5"/>
     </row>
-    <row r="16" spans="1:14" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="16" spans="1:14" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A16" s="6"/>
       <c r="B16" s="7"/>
     </row>
-    <row r="17" spans="1:18" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:18" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A17" s="6"/>
       <c r="B17" s="7"/>
     </row>
-    <row r="18" spans="1:18" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:18" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A18" s="6"/>
     </row>
-    <row r="19" spans="1:18" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:18" ht="28.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="B19" s="8"/>
       <c r="C19" s="9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D19" s="9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F19" s="9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H19" s="9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I19" s="9" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="J19" s="10"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
-      <c r="N19" s="38" t="s">
+      <c r="N19" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="O19" s="39"/>
-[...3 lines deleted...]
-    <row r="20" spans="1:18" ht="63" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="O19" s="29"/>
+      <c r="P19" s="29"/>
+      <c r="Q19" s="30"/>
+    </row>
+    <row r="20" spans="1:18" ht="63" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A20" s="21" t="s">
         <v>2</v>
       </c>
       <c r="B20" s="22" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C20" s="11" t="s">
         <v>3</v>
       </c>
       <c r="D20" s="11" t="s">
         <v>4</v>
       </c>
       <c r="E20" s="11" t="s">
         <v>5</v>
       </c>
       <c r="F20" s="11" t="s">
         <v>6</v>
       </c>
       <c r="G20" s="11" t="s">
         <v>7</v>
       </c>
       <c r="H20" s="11" t="s">
         <v>8</v>
       </c>
       <c r="I20" s="11" t="s">
         <v>9</v>
       </c>
       <c r="J20" s="23" t="s">
         <v>10</v>
       </c>
       <c r="K20" s="21" t="s">
         <v>11</v>
       </c>
       <c r="L20" s="21" t="s">
         <v>12</v>
       </c>
       <c r="M20" s="21" t="s">
         <v>13</v>
       </c>
       <c r="N20" s="21" t="s">
         <v>14</v>
       </c>
       <c r="O20" s="21" t="s">
         <v>15</v>
       </c>
       <c r="P20" s="21" t="s">
         <v>16</v>
       </c>
       <c r="Q20" s="21" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="21" spans="1:18" s="15" customFormat="1" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:18" s="15" customFormat="1" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A21" s="12"/>
       <c r="B21" s="1"/>
       <c r="C21" s="13"/>
       <c r="D21" s="12"/>
       <c r="E21" s="12"/>
       <c r="F21" s="12"/>
       <c r="G21" s="12"/>
       <c r="H21" s="12"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="14"/>
       <c r="L21" s="14"/>
       <c r="M21" s="14"/>
       <c r="N21" s="14"/>
       <c r="O21" s="14"/>
       <c r="P21" s="14"/>
       <c r="Q21" s="26"/>
     </row>
-    <row r="22" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A22" s="16"/>
       <c r="B22" s="17"/>
       <c r="C22" s="16"/>
       <c r="D22" s="16"/>
       <c r="E22" s="16"/>
       <c r="F22" s="16"/>
       <c r="G22" s="16"/>
       <c r="H22" s="16"/>
       <c r="I22" s="16"/>
       <c r="J22" s="24"/>
       <c r="K22" s="24"/>
       <c r="L22" s="25"/>
       <c r="M22" s="25"/>
       <c r="N22" s="24"/>
       <c r="O22" s="24"/>
       <c r="P22" s="24"/>
       <c r="Q22" s="27"/>
     </row>
-    <row r="23" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A23" s="16"/>
       <c r="B23" s="17"/>
       <c r="C23" s="16"/>
       <c r="D23" s="16"/>
       <c r="E23" s="16"/>
       <c r="F23" s="16"/>
       <c r="G23" s="16"/>
       <c r="H23" s="16"/>
       <c r="I23" s="16"/>
       <c r="J23" s="24"/>
       <c r="K23" s="24"/>
       <c r="L23" s="25"/>
       <c r="M23" s="25"/>
       <c r="N23" s="24"/>
       <c r="O23" s="24"/>
       <c r="P23" s="24"/>
       <c r="Q23" s="27"/>
     </row>
-    <row r="24" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A24" s="16"/>
       <c r="B24" s="17"/>
       <c r="C24" s="16"/>
       <c r="D24" s="16"/>
       <c r="E24" s="16"/>
       <c r="F24" s="16"/>
       <c r="G24" s="16"/>
       <c r="H24" s="16"/>
       <c r="I24" s="16"/>
       <c r="J24" s="24"/>
       <c r="K24" s="24"/>
       <c r="L24" s="25"/>
       <c r="M24" s="25"/>
       <c r="N24" s="24"/>
       <c r="O24" s="24"/>
       <c r="P24" s="24"/>
       <c r="Q24" s="27"/>
     </row>
-    <row r="25" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="25" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A25" s="16"/>
       <c r="B25" s="17"/>
       <c r="C25" s="16"/>
       <c r="D25" s="16"/>
       <c r="E25" s="16"/>
       <c r="F25" s="16"/>
       <c r="G25" s="16"/>
       <c r="H25" s="16"/>
       <c r="I25" s="16"/>
       <c r="J25" s="24"/>
       <c r="K25" s="24"/>
       <c r="L25" s="25"/>
       <c r="M25" s="25"/>
       <c r="N25" s="24"/>
       <c r="O25" s="24"/>
       <c r="P25" s="24"/>
       <c r="Q25" s="27"/>
     </row>
-    <row r="26" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="26" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A26" s="16"/>
       <c r="B26" s="17"/>
       <c r="C26" s="16"/>
       <c r="D26" s="16"/>
       <c r="E26" s="16"/>
       <c r="F26" s="16"/>
       <c r="G26" s="16"/>
       <c r="H26" s="16"/>
       <c r="I26" s="16"/>
       <c r="J26" s="24"/>
       <c r="K26" s="24"/>
       <c r="L26" s="25"/>
       <c r="M26" s="25"/>
       <c r="N26" s="24"/>
       <c r="O26" s="24"/>
       <c r="P26" s="24"/>
       <c r="Q26" s="27"/>
     </row>
-    <row r="27" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="27" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A27" s="16"/>
       <c r="B27" s="17"/>
       <c r="C27" s="16"/>
       <c r="D27" s="16"/>
       <c r="E27" s="16"/>
       <c r="F27" s="16"/>
       <c r="G27" s="16"/>
       <c r="H27" s="16"/>
       <c r="I27" s="16"/>
       <c r="J27" s="24"/>
       <c r="K27" s="24"/>
       <c r="L27" s="25"/>
       <c r="M27" s="25"/>
       <c r="N27" s="24"/>
       <c r="O27" s="24"/>
       <c r="P27" s="24"/>
       <c r="Q27" s="27"/>
     </row>
-    <row r="28" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="28" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A28" s="16"/>
       <c r="B28" s="17"/>
       <c r="C28" s="16"/>
       <c r="D28" s="16"/>
       <c r="E28" s="16"/>
       <c r="F28" s="16"/>
       <c r="G28" s="16"/>
       <c r="H28" s="16"/>
       <c r="I28" s="16"/>
       <c r="J28" s="24"/>
       <c r="K28" s="24"/>
       <c r="L28" s="25"/>
       <c r="M28" s="25"/>
       <c r="N28" s="24"/>
       <c r="O28" s="24"/>
       <c r="P28" s="24"/>
       <c r="Q28" s="27"/>
     </row>
-    <row r="29" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A29" s="16"/>
       <c r="B29" s="17"/>
       <c r="C29" s="16"/>
       <c r="D29" s="16"/>
       <c r="E29" s="16"/>
       <c r="F29" s="16"/>
       <c r="G29" s="16"/>
       <c r="H29" s="16"/>
       <c r="I29" s="16"/>
       <c r="J29" s="24"/>
       <c r="K29" s="24"/>
       <c r="L29" s="25"/>
       <c r="M29" s="25"/>
       <c r="N29" s="24"/>
       <c r="O29" s="24"/>
       <c r="P29" s="24"/>
       <c r="Q29" s="27"/>
     </row>
-    <row r="30" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A30" s="16"/>
       <c r="B30" s="17"/>
       <c r="C30" s="16"/>
       <c r="D30" s="16"/>
       <c r="E30" s="16"/>
       <c r="F30" s="16"/>
       <c r="G30" s="16"/>
       <c r="H30" s="16"/>
       <c r="I30" s="16"/>
       <c r="J30" s="24"/>
       <c r="K30" s="24"/>
       <c r="L30" s="25"/>
       <c r="M30" s="25"/>
       <c r="N30" s="24"/>
       <c r="O30" s="24"/>
       <c r="P30" s="24"/>
       <c r="Q30" s="27"/>
     </row>
-    <row r="31" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:18" ht="34.9" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A31" s="16"/>
       <c r="B31" s="17"/>
       <c r="C31" s="16"/>
       <c r="D31" s="16"/>
       <c r="E31" s="16"/>
       <c r="F31" s="16"/>
       <c r="G31" s="16"/>
       <c r="H31" s="16"/>
       <c r="I31" s="16"/>
       <c r="J31" s="24"/>
       <c r="K31" s="24"/>
       <c r="L31" s="24"/>
       <c r="M31" s="24"/>
       <c r="N31" s="24"/>
       <c r="O31" s="24"/>
       <c r="P31" s="24"/>
       <c r="Q31" s="27"/>
     </row>
-    <row r="32" spans="1:18" x14ac:dyDescent="0.35">
+    <row r="32" spans="1:18" x14ac:dyDescent="0.55000000000000004">
       <c r="J32" s="18"/>
       <c r="K32" s="18"/>
       <c r="L32" s="18"/>
       <c r="M32" s="18"/>
       <c r="N32" s="18"/>
       <c r="O32" s="18"/>
       <c r="P32" s="18"/>
       <c r="Q32" s="18"/>
       <c r="R32" s="18"/>
     </row>
-    <row r="33" spans="1:18" x14ac:dyDescent="0.35">
+    <row r="33" spans="1:18" x14ac:dyDescent="0.55000000000000004">
       <c r="J33" s="18"/>
       <c r="K33" s="18"/>
       <c r="L33" s="18"/>
       <c r="M33" s="18"/>
       <c r="N33" s="18"/>
       <c r="O33" s="18"/>
       <c r="P33" s="18"/>
       <c r="Q33" s="18"/>
       <c r="R33" s="18"/>
     </row>
-    <row r="34" spans="1:18" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="A34" s="41" t="s">
+    <row r="34" spans="1:18" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.6">
+      <c r="A34" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="B34" s="42"/>
-      <c r="C34" s="43"/>
+      <c r="B34" s="32"/>
+      <c r="C34" s="33"/>
       <c r="D34" s="18"/>
-      <c r="E34" s="44" t="s">
+      <c r="E34" s="34" t="s">
         <v>19</v>
       </c>
-      <c r="F34" s="45"/>
-[...4 lines deleted...]
-      <c r="K34" s="47" t="s">
+      <c r="F34" s="35"/>
+      <c r="G34" s="35"/>
+      <c r="H34" s="35"/>
+      <c r="I34" s="35"/>
+      <c r="J34" s="36"/>
+      <c r="K34" s="37" t="s">
         <v>20</v>
       </c>
-      <c r="L34" s="48"/>
-[...7 lines deleted...]
-      <c r="C35" s="52"/>
+      <c r="L34" s="38"/>
+      <c r="M34" s="38"/>
+      <c r="N34" s="38"/>
+      <c r="O34" s="39"/>
+    </row>
+    <row r="35" spans="1:18" ht="96.75" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A35" s="40"/>
+      <c r="B35" s="41"/>
+      <c r="C35" s="42"/>
       <c r="D35" s="19"/>
-      <c r="E35" s="59" t="s">
+      <c r="E35" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="F35" s="60"/>
-[...1 lines deleted...]
-      <c r="H35" s="59" t="s">
+      <c r="F35" s="50"/>
+      <c r="G35" s="51"/>
+      <c r="H35" s="49" t="s">
         <v>22</v>
       </c>
-      <c r="I35" s="60"/>
-[...1 lines deleted...]
-      <c r="K35" s="53" t="s">
+      <c r="I35" s="50"/>
+      <c r="J35" s="51"/>
+      <c r="K35" s="43" t="s">
         <v>23</v>
       </c>
-      <c r="L35" s="54"/>
-[...2 lines deleted...]
-      <c r="O35" s="55"/>
+      <c r="L35" s="44"/>
+      <c r="M35" s="44"/>
+      <c r="N35" s="44"/>
+      <c r="O35" s="45"/>
       <c r="Q35" s="20"/>
       <c r="R35" s="20"/>
     </row>
-    <row r="36" spans="1:18" x14ac:dyDescent="0.35">
-[...2 lines deleted...]
-      <c r="C36" s="55"/>
+    <row r="36" spans="1:18" x14ac:dyDescent="0.55000000000000004">
+      <c r="A36" s="43"/>
+      <c r="B36" s="44"/>
+      <c r="C36" s="45"/>
       <c r="D36" s="19"/>
-      <c r="E36" s="28"/>
-[...5 lines deleted...]
-      <c r="K36" s="62" t="s">
+      <c r="E36" s="52"/>
+      <c r="F36" s="53"/>
+      <c r="G36" s="54"/>
+      <c r="H36" s="52"/>
+      <c r="I36" s="53"/>
+      <c r="J36" s="54"/>
+      <c r="K36" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="L36" s="63"/>
-[...7 lines deleted...]
-      <c r="C37" s="55"/>
+      <c r="L36" s="56"/>
+      <c r="M36" s="56"/>
+      <c r="N36" s="56"/>
+      <c r="O36" s="57"/>
+    </row>
+    <row r="37" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A37" s="43"/>
+      <c r="B37" s="44"/>
+      <c r="C37" s="45"/>
       <c r="D37" s="19"/>
-      <c r="E37" s="28"/>
-[...16 lines deleted...]
-      <c r="C38" s="55"/>
+      <c r="E37" s="52"/>
+      <c r="F37" s="53"/>
+      <c r="G37" s="54"/>
+      <c r="H37" s="52"/>
+      <c r="I37" s="53"/>
+      <c r="J37" s="54"/>
+      <c r="K37" s="61" t="s">
+        <v>28</v>
+      </c>
+      <c r="L37" s="59"/>
+      <c r="M37" s="59"/>
+      <c r="N37" s="59"/>
+      <c r="O37" s="60"/>
+    </row>
+    <row r="38" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A38" s="43"/>
+      <c r="B38" s="44"/>
+      <c r="C38" s="45"/>
       <c r="D38" s="19"/>
-      <c r="E38" s="28"/>
-[...14 lines deleted...]
-      <c r="C39" s="58"/>
+      <c r="E38" s="52"/>
+      <c r="F38" s="53"/>
+      <c r="G38" s="54"/>
+      <c r="H38" s="52"/>
+      <c r="I38" s="53"/>
+      <c r="J38" s="54"/>
+      <c r="K38" s="62"/>
+      <c r="L38" s="63"/>
+      <c r="M38" s="63"/>
+      <c r="N38" s="63"/>
+      <c r="O38" s="64"/>
+    </row>
+    <row r="39" spans="1:18" ht="30" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A39" s="46"/>
+      <c r="B39" s="47"/>
+      <c r="C39" s="48"/>
       <c r="D39" s="19"/>
-      <c r="K39" s="31"/>
-[...3 lines deleted...]
-      <c r="O39" s="33"/>
+      <c r="K39" s="58"/>
+      <c r="L39" s="59"/>
+      <c r="M39" s="59"/>
+      <c r="N39" s="59"/>
+      <c r="O39" s="60"/>
     </row>
   </sheetData>
   <mergeCells count="18">
+    <mergeCell ref="K37:O37"/>
+    <mergeCell ref="K38:O38"/>
     <mergeCell ref="N19:Q19"/>
     <mergeCell ref="A34:C34"/>
     <mergeCell ref="E34:J34"/>
     <mergeCell ref="K34:O34"/>
     <mergeCell ref="A35:C39"/>
     <mergeCell ref="E35:G35"/>
     <mergeCell ref="H35:J35"/>
     <mergeCell ref="K35:O35"/>
     <mergeCell ref="E36:G36"/>
     <mergeCell ref="H36:J36"/>
     <mergeCell ref="K36:O36"/>
     <mergeCell ref="E37:G37"/>
     <mergeCell ref="H37:J37"/>
     <mergeCell ref="E38:G38"/>
     <mergeCell ref="K39:O39"/>
     <mergeCell ref="H38:J38"/>
-    <mergeCell ref="K37:O37"/>
-    <mergeCell ref="K38:O38"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="K37" r:id="rId1" xr:uid="{123E3B8B-6F67-4D97-8D19-36BB575EA3CA}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="29" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>